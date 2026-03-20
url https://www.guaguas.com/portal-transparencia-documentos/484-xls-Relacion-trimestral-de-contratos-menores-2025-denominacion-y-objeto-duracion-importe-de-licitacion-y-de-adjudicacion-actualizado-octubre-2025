--- v0 (2025-11-08)
+++ v1 (2026-03-20)
@@ -1,75 +1,125 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4507"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
-    <workbookView xWindow="120" yWindow="75" windowWidth="28515" windowHeight="12600" activeTab="2"/>
+    <workbookView xWindow="120" yWindow="75" windowWidth="28515" windowHeight="12600" activeTab="3"/>
   </bookViews>
   <sheets>
     <sheet name="1º Trimestre 2025" sheetId="1" r:id="rId1"/>
     <sheet name="2º Trimestre 2025 " sheetId="2" r:id="rId2"/>
     <sheet name="3º Trimestre 2025" sheetId="3" r:id="rId3"/>
+    <sheet name="4º Trimestre 2025" sheetId="4" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'1º Trimestre 2025'!$A$2:$J$133</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'2º Trimestre 2025 '!$A$2:$K$56</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'3º Trimestre 2025'!$A$2:$K$35</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'4º Trimestre 2025'!$A$2:$J$28</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'1º Trimestre 2025'!$A$1:$J$3</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'2º Trimestre 2025 '!$A$1:$J$3</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'3º Trimestre 2025'!$A$1:$J$3</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">'4º Trimestre 2025'!$A$1:$J$3</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E35" i="3"/>
+  <c r="E28" i="4"/>
+  <c r="F28" s="1"/>
+  <c r="F27"/>
+  <c r="E27"/>
+  <c r="E26"/>
+  <c r="F26" s="1"/>
+  <c r="E25"/>
+  <c r="F25" s="1"/>
+  <c r="E24"/>
+  <c r="E22"/>
+  <c r="F22" s="1"/>
+  <c r="E21"/>
+  <c r="F21" s="1"/>
+  <c r="E20"/>
+  <c r="F20" s="1"/>
+  <c r="F19"/>
+  <c r="F18"/>
+  <c r="E17"/>
+  <c r="F17" s="1"/>
+  <c r="E16"/>
+  <c r="F16" s="1"/>
+  <c r="E15"/>
+  <c r="F15" s="1"/>
+  <c r="E14"/>
+  <c r="F14" s="1"/>
+  <c r="E13"/>
+  <c r="F13" s="1"/>
+  <c r="E12"/>
+  <c r="F12" s="1"/>
+  <c r="E11"/>
+  <c r="F11" s="1"/>
+  <c r="E10"/>
+  <c r="F10" s="1"/>
+  <c r="E9"/>
+  <c r="F9" s="1"/>
+  <c r="E8"/>
+  <c r="F8" s="1"/>
+  <c r="E7"/>
+  <c r="F7" s="1"/>
+  <c r="E6"/>
+  <c r="F6" s="1"/>
+  <c r="E5"/>
+  <c r="F5" s="1"/>
+  <c r="E4"/>
+  <c r="F3"/>
+  <c r="F4" l="1"/>
+  <c r="E35" i="3" l="1"/>
   <c r="F35" s="1"/>
   <c r="E34"/>
   <c r="F34" s="1"/>
   <c r="E33"/>
   <c r="F33" s="1"/>
   <c r="E32"/>
   <c r="F32" s="1"/>
   <c r="F31"/>
   <c r="F30"/>
   <c r="E30"/>
   <c r="E29"/>
   <c r="F29" s="1"/>
   <c r="E28"/>
   <c r="F28" s="1"/>
   <c r="E27"/>
   <c r="F27" s="1"/>
   <c r="E26"/>
   <c r="F26" s="1"/>
   <c r="E25"/>
   <c r="F25" s="1"/>
   <c r="E24"/>
   <c r="F24" s="1"/>
   <c r="E23"/>
   <c r="F23" s="1"/>
   <c r="F22"/>
@@ -424,51 +474,51 @@
   <c r="E14"/>
   <c r="F14" s="1"/>
   <c r="E13"/>
   <c r="F13" s="1"/>
   <c r="E12"/>
   <c r="F12" s="1"/>
   <c r="E11"/>
   <c r="F11" s="1"/>
   <c r="F10"/>
   <c r="E9"/>
   <c r="F9" s="1"/>
   <c r="E8"/>
   <c r="F8" s="1"/>
   <c r="F7"/>
   <c r="E6"/>
   <c r="F6" s="1"/>
   <c r="E5"/>
   <c r="F5" s="1"/>
   <c r="E4"/>
   <c r="F4" s="1"/>
   <c r="F3"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1108" uniqueCount="657">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1246" uniqueCount="738">
   <si>
     <t>RELACIÓN DE CONTRATOS MENORES GMSA 1º TRIMESTRE 2025</t>
   </si>
   <si>
     <t>REF</t>
   </si>
   <si>
     <t>CIF</t>
   </si>
   <si>
     <t>ADJUDICATARIO</t>
   </si>
   <si>
     <t>IMPORTE
 (SIN 
 IMPUESTOS)</t>
   </si>
   <si>
     <t>Impuestos</t>
   </si>
   <si>
     <t>IMPORTE
 (CON 
 IMPUESTOS)</t>
   </si>
@@ -2411,50 +2461,294 @@
     <t>Servicio de asistencia técnica para el diseño y la implementación del proceso de participación ciudadana del Plan de Movilidad Urbana Sostenible (PMUS) de la ciudad de Las Palmas de Gran Canaria.</t>
   </si>
   <si>
     <t>CM 218/2025</t>
   </si>
   <si>
     <t>44****22F</t>
   </si>
   <si>
     <t>Jessica María Machín Rodríguez</t>
   </si>
   <si>
     <t>Servicio de consultoría para la realización de las pruebas y gestión de las distitnas fases de la convocatoria interna para constituir una bolsa de aspirantes a mandos de movimiento de Guaguas Municipales, S.A. </t>
   </si>
   <si>
     <t>CM 219/2025</t>
   </si>
   <si>
     <t>B10540359</t>
   </si>
   <si>
     <t>ACTIVA CANARIAS SELECCIÓN Y FORMACIÓN, S.L.</t>
   </si>
   <si>
     <t>Apoyo y asesoramiento en la gestión de la convocatoria extraordinaria de lista de empleo para contrataciones temporales de conductores/as de Guaguas Municipales, S.A. </t>
+  </si>
+  <si>
+    <t>RELACIÓN DE CONTRATOS MENORES GMSA 4º TRIMESTRE 2025</t>
+  </si>
+  <si>
+    <t>CM 220/2025</t>
+  </si>
+  <si>
+    <t>B65799256</t>
+  </si>
+  <si>
+    <t>Certificación y Custodia de Evidencias Electrónicas, S.L.</t>
+  </si>
+  <si>
+    <t>Servicio de consultoría para la redacción de la política de uso de los sistemas de IA y servicio de formación básica y avanzada en materia de inteligencia artificial para el personal de Guaguas Municipales, S.A. </t>
+  </si>
+  <si>
+    <t>CM 221/2025</t>
+  </si>
+  <si>
+    <t>Sustitución y sellado de parabrisas y ventana del conductor y reparación de chapa y pintura de diversos roces en la carrocería de la unidad 798 de la flota de vehículos de Guaguas Municipales, S.A. </t>
+  </si>
+  <si>
+    <t>CM 222/2025</t>
+  </si>
+  <si>
+    <t>Curso de formación de sistemas de aire acondicionado para el personal de taller de Guaguas Municipales, S.A.</t>
+  </si>
+  <si>
+    <t>CM 223/2025</t>
+  </si>
+  <si>
+    <t>B75692061</t>
+  </si>
+  <si>
+    <t>Expofuturo Canarias, SL</t>
+  </si>
+  <si>
+    <t>Participación con un stand de Guaguas Municipales, S.A. en la Feria Expofuturo que se celebrará los días 23 y 24 de octubre en Las Palmas de Gran Canaria.</t>
+  </si>
+  <si>
+    <t>CM 224/2025</t>
+  </si>
+  <si>
+    <t>Exceso del visado por la redacción del modificado del proyecto y dirección de obra de revisión de las instalaciones de protección contra incendios de la instalación de BT en las cocheras de Guaguas Municipales, S.A. </t>
+  </si>
+  <si>
+    <t>CM 225/2025</t>
+  </si>
+  <si>
+    <t>B35907484</t>
+  </si>
+  <si>
+    <t>BUCO ARQUITECTOS, S.L.</t>
+  </si>
+  <si>
+    <t>Redacción de proyectos de ejecución del entorno de La Ballena y de Siete Palmas</t>
+  </si>
+  <si>
+    <t>CM 226/2025</t>
+  </si>
+  <si>
+    <t>B38035903</t>
+  </si>
+  <si>
+    <t>ATLAS CANARIAS, S.L.</t>
+  </si>
+  <si>
+    <t>Alquiler de un compresor modelo ATLAS COPCO GA-15VSDFF para proporcionar aire comprimido para operar herramientas y pequeña maquinaria del taller de Guaguas Municipales, S.A. </t>
+  </si>
+  <si>
+    <t>CM 227/2025</t>
+  </si>
+  <si>
+    <t>B76108224</t>
+  </si>
+  <si>
+    <t>COMPETENCIAS Y HABILIDADES WEB 2.0, S.L.</t>
+  </si>
+  <si>
+    <t>Servicio de gabinete psicológico de terapias breves para los empleados de Guaguas Municipales, S.A.</t>
+  </si>
+  <si>
+    <t>CM 228/2025</t>
+  </si>
+  <si>
+    <t>Reparación de un roce en la carrocería y sustitución del cristal anterior de la puerta trasera y el cristal posterior de la puerta central de la unidad 803 de la flota de vehículos de Guaguas Municipales, S.A. </t>
+  </si>
+  <si>
+    <t>CM 229/2025</t>
+  </si>
+  <si>
+    <t>B35821974</t>
+  </si>
+  <si>
+    <t>Top Time Eventos, S.L.U.</t>
+  </si>
+  <si>
+    <t>Servicios de logística, montaje, apoyo operativo y coordinación necesarios para la organización de la Semana Europea de la Movilidad 2025. </t>
+  </si>
+  <si>
+    <t>CM 230/2025</t>
+  </si>
+  <si>
+    <t>A78053147</t>
+  </si>
+  <si>
+    <t>Telefónica Soluciones Informáticas 
+y Comunicaciones de España, S.A.U.</t>
+  </si>
+  <si>
+    <t>Servicio de soporte al CISO (Chief Information Security Officer) de Guaguas Municipales, S.A. </t>
+  </si>
+  <si>
+    <t>CM 231/2025</t>
+  </si>
+  <si>
+    <t>G35743533</t>
+  </si>
+  <si>
+    <t>La Parranda de Guaguas</t>
+  </si>
+  <si>
+    <t>Contrato de patrocinio de La Parranda de Guaguas</t>
+  </si>
+  <si>
+    <t>CM 232/2025</t>
+  </si>
+  <si>
+    <t>Servicio de limpieza y retirada del residuo peligroso lodos de hidrocarburos del taller de Guaguas Municipales, S.A. </t>
+  </si>
+  <si>
+    <t>CM 233/2025</t>
+  </si>
+  <si>
+    <t>Sustitución de un cristal lateral y reparación de roces en la carrocería de la unidad 788 de la flota de vehículos de Guaguas Municipales, S.A. </t>
+  </si>
+  <si>
+    <t>CM 234/2025</t>
+  </si>
+  <si>
+    <t>B44947034</t>
+  </si>
+  <si>
+    <t>Magnetic Films, S. L.</t>
+  </si>
+  <si>
+    <t>Creación y realización de spot para la campaña de Navidad 2025 de Guaguas Municipales, S.A.</t>
+  </si>
+  <si>
+    <t>CM 235/2025</t>
+  </si>
+  <si>
+    <t>A58417346</t>
+  </si>
+  <si>
+    <t>ARANZADI LA LEY S.L.U.</t>
+  </si>
+  <si>
+    <t>Servicio de suscripción a la base de datos jurídica y de gestión de expedientes ARANZADI FUSIÓN mediante licencias para usuarios. </t>
+  </si>
+  <si>
+    <t>CM 236/2025</t>
+  </si>
+  <si>
+    <t>B44814226</t>
+  </si>
+  <si>
+    <t>TENDIOS TECHNOLOGIES SL</t>
+  </si>
+  <si>
+    <t>Suscripción a base de datos de Contratación Pública Inteligente para Guaguas Municipales, S.A. </t>
+  </si>
+  <si>
+    <t>CM 237/2025</t>
+  </si>
+  <si>
+    <t>Reparación de la caja de velocidades modelo ECOMAT 4 6 HP 604C, con número de matrícula 00332011 de la flota de vehículos de Guaguas Municipales, S.A. </t>
+  </si>
+  <si>
+    <t>CM 238/2025</t>
+  </si>
+  <si>
+    <t>Servicio de grabación y producción de vídeos tutoriales del funcionamiento básico de las diferentes unidades de Guaguas Municipales, S.A. </t>
+  </si>
+  <si>
+    <t>CM 239/2026</t>
+  </si>
+  <si>
+    <t>B35626308</t>
+  </si>
+  <si>
+    <t>INFORWEBPYME, S.L.</t>
+  </si>
+  <si>
+    <t>Servicio de montaje de nueva canalización sobre bandeja y ampliación y montaje de racks para la reubicación de routers y electrónica en la sede central de Guaguas Municipales, S.A., incluida certificación de toda la red y tomas.</t>
+  </si>
+  <si>
+    <t>CM 240/2025</t>
+  </si>
+  <si>
+    <t>CM 241/2025</t>
+  </si>
+  <si>
+    <t>42****89B</t>
+  </si>
+  <si>
+    <t>Jorge Rodríguez Álamo</t>
+  </si>
+  <si>
+    <t>Servicio de asesoría estratégica de comunicación del Plan de Movilidad Urbana Sostenible de Las Palmas de Gran Canarias (PMUS).</t>
+  </si>
+  <si>
+    <t>CM 242/2026</t>
+  </si>
+  <si>
+    <t>B76160019</t>
+  </si>
+  <si>
+    <t>22 GRADOS DE MEDIA, S.L.</t>
+  </si>
+  <si>
+    <t>Servicio de coordinación y producción integral de contenidos para el Plan de Movilidad Urbana Sostenible de Las Palmas de Gran Canaria (PMUS). </t>
+  </si>
+  <si>
+    <t>CM 243/2025</t>
+  </si>
+  <si>
+    <t>Reparación de desperfectos ocasionados por un golpe en la unidad 772 de la flota de vehículos de Guaguas Municipales, S.A.</t>
+  </si>
+  <si>
+    <t>CM 244/2025</t>
+  </si>
+  <si>
+    <t>Reparación de roces en la carrocería y sustitución del faro delantero derecho y de los intermitentes delanteros derecho e izquierdo de la unidad 784 de la flota de vehículos de Guaguas Municipales, S.A. </t>
+  </si>
+  <si>
+    <t>CM 245/2025</t>
+  </si>
+  <si>
+    <t>B35356972</t>
+  </si>
+  <si>
+    <t>Sustitución del cristal sobre puerta delantera, sustitución de cámara delantera derecha y reparación de daños en la carrocería de la unidad 856 de la flota de vehículos de Guaguas Municipales, S.A.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
   </numFmts>
   <fonts count="6">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -2493,51 +2787,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFECC13B"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="12">
+  <borders count="24">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
@@ -2646,57 +2940,231 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="42">
+  <cellXfs count="63">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="5" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="5" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="5" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -2759,75 +3227,138 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="5" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="14" fontId="5" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="5" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="5" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="5" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="5" fillId="5" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="5" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="5" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="21" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="5" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="23" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Millares" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3081,85 +3612,89 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:J137"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="A7" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="D75" sqref="D75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25"/>
   <cols>
     <col min="1" max="1" width="11.42578125" style="1"/>
     <col min="2" max="2" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="41.140625" style="1" customWidth="1"/>
     <col min="4" max="5" width="10.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.28515625" style="1" customWidth="1"/>
     <col min="7" max="7" width="59.42578125" style="1" customWidth="1"/>
     <col min="8" max="8" width="9" style="1" customWidth="1"/>
     <col min="9" max="9" width="8.85546875" style="1" customWidth="1"/>
     <col min="10" max="10" width="9" style="1" customWidth="1"/>
     <col min="11" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="16.5" customHeight="1" thickBot="1">
-      <c r="A1" s="38" t="s">
+      <c r="A1" s="60" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="39"/>
-[...7 lines deleted...]
-      <c r="J1" s="40"/>
+      <c r="B1" s="61"/>
+      <c r="C1" s="61"/>
+      <c r="D1" s="61"/>
+      <c r="E1" s="61"/>
+      <c r="F1" s="61"/>
+      <c r="G1" s="61"/>
+      <c r="H1" s="61"/>
+      <c r="I1" s="61"/>
+      <c r="J1" s="62"/>
     </row>
     <row r="2" spans="1:10" ht="34.5" thickBot="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>8</v>
@@ -7597,62 +8132,62 @@
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:J60"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="A34" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="G61" sqref="G61"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25"/>
   <cols>
     <col min="1" max="1" width="11.42578125" style="1"/>
     <col min="2" max="2" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="47.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="9.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.28515625" style="1" customWidth="1"/>
     <col min="7" max="7" width="57.85546875" style="1" customWidth="1"/>
     <col min="8" max="8" width="9" style="1" customWidth="1"/>
     <col min="9" max="9" width="8.85546875" style="1" customWidth="1"/>
     <col min="10" max="10" width="9" style="1" customWidth="1"/>
     <col min="11" max="11" width="17.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="12" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="16.5" customHeight="1" thickBot="1">
-      <c r="A1" s="38" t="s">
+      <c r="A1" s="60" t="s">
         <v>384</v>
       </c>
-      <c r="B1" s="39"/>
-[...7 lines deleted...]
-      <c r="J1" s="40"/>
+      <c r="B1" s="61"/>
+      <c r="C1" s="61"/>
+      <c r="D1" s="61"/>
+      <c r="E1" s="61"/>
+      <c r="F1" s="61"/>
+      <c r="G1" s="61"/>
+      <c r="H1" s="61"/>
+      <c r="I1" s="61"/>
+      <c r="J1" s="62"/>
     </row>
     <row r="2" spans="1:10" ht="34.5" thickBot="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>8</v>
@@ -9421,113 +9956,113 @@
     <row r="58" spans="1:10">
       <c r="D58" s="30"/>
       <c r="E58" s="30"/>
     </row>
     <row r="59" spans="1:10">
       <c r="D59" s="30"/>
       <c r="E59" s="30"/>
     </row>
     <row r="60" spans="1:10">
       <c r="E60" s="31"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <printOptions gridLines="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:J39"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A22" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="L35" sqref="L35"/>
+    <sheetView showGridLines="0" topLeftCell="A19" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="M6" sqref="M6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25"/>
   <cols>
     <col min="1" max="1" width="11.42578125" style="1"/>
     <col min="2" max="2" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="39.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="9.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.28515625" style="1" customWidth="1"/>
     <col min="7" max="7" width="52.28515625" style="1" customWidth="1"/>
     <col min="8" max="8" width="9" style="1" customWidth="1"/>
     <col min="9" max="9" width="8.85546875" style="1" customWidth="1"/>
     <col min="10" max="10" width="9" style="1" customWidth="1"/>
     <col min="11" max="11" width="17.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="12" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="16.5" customHeight="1" thickBot="1">
-      <c r="A1" s="38" t="s">
+      <c r="A1" s="60" t="s">
         <v>550</v>
       </c>
-      <c r="B1" s="39"/>
-[...7 lines deleted...]
-      <c r="J1" s="40"/>
+      <c r="B1" s="61"/>
+      <c r="C1" s="61"/>
+      <c r="D1" s="61"/>
+      <c r="E1" s="61"/>
+      <c r="F1" s="61"/>
+      <c r="G1" s="61"/>
+      <c r="H1" s="61"/>
+      <c r="I1" s="61"/>
+      <c r="J1" s="62"/>
     </row>
     <row r="2" spans="1:10" ht="34.5" thickBot="1">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="J2" s="59" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:10" s="11" customFormat="1" ht="22.5">
       <c r="A3" s="6" t="s">
         <v>551</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>360</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>361</v>
       </c>
       <c r="D3" s="8">
         <v>14976</v>
       </c>
       <c r="E3" s="8">
         <f t="shared" ref="E3:E9" si="0">+D3*0.07</f>
         <v>1048.3200000000002</v>
       </c>
       <c r="F3" s="8">
         <f>+D3+E3</f>
         <v>16024.32</v>
       </c>
       <c r="G3" s="7" t="s">
@@ -9562,119 +10097,119 @@
       </c>
       <c r="F4" s="8">
         <f>+D4+E4</f>
         <v>8461.2710999999999</v>
       </c>
       <c r="G4" s="7" t="s">
         <v>554</v>
       </c>
       <c r="H4" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I4" s="15">
         <v>1</v>
       </c>
       <c r="J4" s="12">
         <v>45845</v>
       </c>
     </row>
     <row r="5" spans="1:10" s="11" customFormat="1" ht="39" customHeight="1">
       <c r="A5" s="12" t="s">
         <v>555</v>
       </c>
       <c r="B5" s="12" t="s">
         <v>169</v>
       </c>
-      <c r="C5" s="41" t="s">
+      <c r="C5" s="38" t="s">
         <v>170</v>
       </c>
       <c r="D5" s="16">
         <v>14493</v>
       </c>
       <c r="E5" s="8">
         <f t="shared" si="0"/>
         <v>1014.5100000000001</v>
       </c>
       <c r="F5" s="8">
         <f t="shared" ref="F5:F35" si="1">+D5+E5</f>
         <v>15507.51</v>
       </c>
       <c r="G5" s="7" t="s">
         <v>556</v>
       </c>
       <c r="H5" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I5" s="15">
         <v>1</v>
       </c>
       <c r="J5" s="12">
         <v>45848</v>
       </c>
     </row>
     <row r="6" spans="1:10" s="11" customFormat="1" ht="40.5" customHeight="1">
       <c r="A6" s="12" t="s">
         <v>557</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>76</v>
       </c>
-      <c r="C6" s="41" t="s">
+      <c r="C6" s="38" t="s">
         <v>77</v>
       </c>
       <c r="D6" s="16">
         <v>5108.1899999999996</v>
       </c>
       <c r="E6" s="8">
         <f t="shared" si="0"/>
         <v>357.57330000000002</v>
       </c>
       <c r="F6" s="8">
         <f t="shared" si="1"/>
         <v>5465.7632999999996</v>
       </c>
       <c r="G6" s="7" t="s">
         <v>558</v>
       </c>
       <c r="H6" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I6" s="15">
         <v>1</v>
       </c>
       <c r="J6" s="12">
         <v>45848</v>
       </c>
     </row>
     <row r="7" spans="1:10" s="11" customFormat="1" ht="39" customHeight="1">
       <c r="A7" s="12" t="s">
         <v>559</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>560</v>
       </c>
-      <c r="C7" s="41" t="s">
+      <c r="C7" s="38" t="s">
         <v>561</v>
       </c>
       <c r="D7" s="8">
         <v>14500</v>
       </c>
       <c r="E7" s="8">
         <f t="shared" si="0"/>
         <v>1015.0000000000001</v>
       </c>
       <c r="F7" s="8">
         <f t="shared" si="1"/>
         <v>15515</v>
       </c>
       <c r="G7" s="7" t="s">
         <v>562</v>
       </c>
       <c r="H7" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I7" s="15">
         <v>1</v>
       </c>
       <c r="J7" s="12" t="s">
         <v>563</v>
       </c>
@@ -9691,51 +10226,51 @@
       </c>
       <c r="D8" s="8">
         <v>13591.08</v>
       </c>
       <c r="E8" s="8">
         <f t="shared" si="0"/>
         <v>951.37560000000008</v>
       </c>
       <c r="F8" s="8">
         <f t="shared" si="1"/>
         <v>14542.455599999999</v>
       </c>
       <c r="G8" s="7" t="s">
         <v>565</v>
       </c>
       <c r="H8" s="14" t="s">
         <v>15</v>
       </c>
       <c r="I8" s="15">
         <v>1</v>
       </c>
       <c r="J8" s="12">
         <v>45860</v>
       </c>
     </row>
-    <row r="9" spans="1:10" s="11" customFormat="1">
+    <row r="9" spans="1:10" s="11" customFormat="1" ht="22.5">
       <c r="A9" s="12" t="s">
         <v>566</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>567</v>
       </c>
       <c r="C9" s="13" t="s">
         <v>568</v>
       </c>
       <c r="D9" s="16">
         <v>31073.759999999998</v>
       </c>
       <c r="E9" s="16">
         <f t="shared" si="0"/>
         <v>2175.1632</v>
       </c>
       <c r="F9" s="16">
         <f t="shared" si="1"/>
         <v>33248.923199999997</v>
       </c>
       <c r="G9" s="7" t="s">
         <v>569</v>
       </c>
       <c r="H9" s="14" t="s">
         <v>570</v>
@@ -10612,82 +11147,1036 @@
       <c r="F35" s="16">
         <f t="shared" si="1"/>
         <v>15996.5</v>
       </c>
       <c r="G35" s="7" t="s">
         <v>656</v>
       </c>
       <c r="H35" s="14" t="s">
         <v>145</v>
       </c>
       <c r="I35" s="15">
         <v>3</v>
       </c>
       <c r="J35" s="12">
         <v>45927</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="E37" s="30"/>
     </row>
     <row r="38" spans="1:10">
       <c r="E38" s="30"/>
     </row>
     <row r="39" spans="1:10">
       <c r="E39" s="31"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:J1"/>
+  </mergeCells>
+  <printOptions gridLines="1"/>
+  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1:J32"/>
+  <sheetViews>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A22" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="I42" sqref="I42:J42"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="11.25"/>
+  <cols>
+    <col min="1" max="1" width="11.42578125" style="1"/>
+    <col min="2" max="2" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="41.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="9.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="11.28515625" style="1" customWidth="1"/>
+    <col min="7" max="7" width="43.28515625" style="1" customWidth="1"/>
+    <col min="8" max="8" width="9" style="1" customWidth="1"/>
+    <col min="9" max="9" width="8.85546875" style="1" customWidth="1"/>
+    <col min="10" max="10" width="9" style="1" customWidth="1"/>
+    <col min="11" max="16384" width="11.42578125" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="16.5" customHeight="1" thickBot="1">
+      <c r="A1" s="60" t="s">
+        <v>657</v>
+      </c>
+      <c r="B1" s="61"/>
+      <c r="C1" s="61"/>
+      <c r="D1" s="61"/>
+      <c r="E1" s="61"/>
+      <c r="F1" s="61"/>
+      <c r="G1" s="61"/>
+      <c r="H1" s="61"/>
+      <c r="I1" s="61"/>
+      <c r="J1" s="62"/>
+    </row>
+    <row r="2" spans="1:10" ht="34.5" thickBot="1">
+      <c r="A2" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="C2" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D2" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="E2" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="F2" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="G2" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="H2" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="I2" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="J2" s="5" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" s="11" customFormat="1" ht="45">
+      <c r="A3" s="39" t="s">
+        <v>658</v>
+      </c>
+      <c r="B3" s="40" t="s">
+        <v>659</v>
+      </c>
+      <c r="C3" s="41" t="s">
+        <v>660</v>
+      </c>
+      <c r="D3" s="42">
+        <v>13300</v>
+      </c>
+      <c r="E3" s="42">
+        <v>0</v>
+      </c>
+      <c r="F3" s="42">
+        <f>+D3+E3</f>
+        <v>13300</v>
+      </c>
+      <c r="G3" s="41" t="s">
+        <v>661</v>
+      </c>
+      <c r="H3" s="43" t="s">
+        <v>15</v>
+      </c>
+      <c r="I3" s="44">
+        <v>12</v>
+      </c>
+      <c r="J3" s="45">
+        <v>45937</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" s="11" customFormat="1" ht="45">
+      <c r="A4" s="46" t="s">
+        <v>662</v>
+      </c>
+      <c r="B4" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C4" s="35" t="s">
+        <v>51</v>
+      </c>
+      <c r="D4" s="8">
+        <v>9262.18</v>
+      </c>
+      <c r="E4" s="16">
+        <f>+D4*0.07</f>
+        <v>648.35260000000005</v>
+      </c>
+      <c r="F4" s="8">
+        <f>+D4+E4</f>
+        <v>9910.5326000000005</v>
+      </c>
+      <c r="G4" s="7" t="s">
+        <v>663</v>
+      </c>
+      <c r="H4" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="I4" s="15">
+        <v>1</v>
+      </c>
+      <c r="J4" s="47">
+        <v>45933</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" s="11" customFormat="1" ht="22.5">
+      <c r="A5" s="48" t="s">
+        <v>664</v>
+      </c>
+      <c r="B5" s="12" t="s">
+        <v>517</v>
+      </c>
+      <c r="C5" s="38" t="s">
+        <v>518</v>
+      </c>
+      <c r="D5" s="16">
+        <v>9060</v>
+      </c>
+      <c r="E5" s="16">
+        <f t="shared" ref="E5:E17" si="0">+D5*0.07</f>
+        <v>634.20000000000005</v>
+      </c>
+      <c r="F5" s="8">
+        <f t="shared" ref="F5:F22" si="1">+D5+E5</f>
+        <v>9694.2000000000007</v>
+      </c>
+      <c r="G5" s="7" t="s">
+        <v>665</v>
+      </c>
+      <c r="H5" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="I5" s="15">
+        <v>1</v>
+      </c>
+      <c r="J5" s="49">
+        <v>45937</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" s="11" customFormat="1" ht="33.75">
+      <c r="A6" s="48" t="s">
+        <v>666</v>
+      </c>
+      <c r="B6" s="12" t="s">
+        <v>667</v>
+      </c>
+      <c r="C6" s="38" t="s">
+        <v>668</v>
+      </c>
+      <c r="D6" s="16">
+        <v>6000</v>
+      </c>
+      <c r="E6" s="16">
+        <f t="shared" si="0"/>
+        <v>420.00000000000006</v>
+      </c>
+      <c r="F6" s="8">
+        <f t="shared" si="1"/>
+        <v>6420</v>
+      </c>
+      <c r="G6" s="7" t="s">
+        <v>669</v>
+      </c>
+      <c r="H6" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="I6" s="15">
+        <v>1</v>
+      </c>
+      <c r="J6" s="49">
+        <v>45937</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" s="11" customFormat="1" ht="56.25">
+      <c r="A7" s="48" t="s">
+        <v>670</v>
+      </c>
+      <c r="B7" s="12" t="s">
+        <v>465</v>
+      </c>
+      <c r="C7" s="38" t="s">
+        <v>466</v>
+      </c>
+      <c r="D7" s="16">
+        <v>6352.72</v>
+      </c>
+      <c r="E7" s="16">
+        <f t="shared" si="0"/>
+        <v>444.69040000000007</v>
+      </c>
+      <c r="F7" s="8">
+        <f t="shared" si="1"/>
+        <v>6797.4104000000007</v>
+      </c>
+      <c r="G7" s="7" t="s">
+        <v>671</v>
+      </c>
+      <c r="H7" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="I7" s="15">
+        <v>1</v>
+      </c>
+      <c r="J7" s="47">
+        <v>45943</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" s="11" customFormat="1" ht="22.5">
+      <c r="A8" s="48" t="s">
+        <v>672</v>
+      </c>
+      <c r="B8" s="12" t="s">
+        <v>673</v>
+      </c>
+      <c r="C8" s="38" t="s">
+        <v>674</v>
+      </c>
+      <c r="D8" s="16">
+        <v>7000</v>
+      </c>
+      <c r="E8" s="16">
+        <f t="shared" si="0"/>
+        <v>490.00000000000006</v>
+      </c>
+      <c r="F8" s="16">
+        <f t="shared" si="1"/>
+        <v>7490</v>
+      </c>
+      <c r="G8" s="7" t="s">
+        <v>675</v>
+      </c>
+      <c r="H8" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="I8" s="15">
+        <v>2</v>
+      </c>
+      <c r="J8" s="47">
+        <v>45945</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" s="11" customFormat="1" ht="45">
+      <c r="A9" s="48" t="s">
+        <v>676</v>
+      </c>
+      <c r="B9" s="12" t="s">
+        <v>677</v>
+      </c>
+      <c r="C9" s="38" t="s">
+        <v>678</v>
+      </c>
+      <c r="D9" s="16">
+        <v>12244.83</v>
+      </c>
+      <c r="E9" s="16">
+        <f t="shared" si="0"/>
+        <v>857.13810000000012</v>
+      </c>
+      <c r="F9" s="16">
+        <f t="shared" si="1"/>
+        <v>13101.9681</v>
+      </c>
+      <c r="G9" s="7" t="s">
+        <v>679</v>
+      </c>
+      <c r="H9" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="I9" s="15">
+        <v>6</v>
+      </c>
+      <c r="J9" s="47">
+        <v>45954</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" s="11" customFormat="1" ht="22.5">
+      <c r="A10" s="48" t="s">
+        <v>680</v>
+      </c>
+      <c r="B10" s="12" t="s">
+        <v>681</v>
+      </c>
+      <c r="C10" s="38" t="s">
+        <v>682</v>
+      </c>
+      <c r="D10" s="16">
+        <v>14400</v>
+      </c>
+      <c r="E10" s="16">
+        <f t="shared" si="0"/>
+        <v>1008.0000000000001</v>
+      </c>
+      <c r="F10" s="16">
+        <f t="shared" si="1"/>
+        <v>15408</v>
+      </c>
+      <c r="G10" s="7" t="s">
+        <v>683</v>
+      </c>
+      <c r="H10" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="I10" s="15">
+        <v>12</v>
+      </c>
+      <c r="J10" s="47">
+        <v>45957</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" s="11" customFormat="1" ht="45">
+      <c r="A11" s="48" t="s">
+        <v>684</v>
+      </c>
+      <c r="B11" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C11" s="35" t="s">
+        <v>51</v>
+      </c>
+      <c r="D11" s="16">
+        <v>8101.33</v>
+      </c>
+      <c r="E11" s="16">
+        <f t="shared" si="0"/>
+        <v>567.09310000000005</v>
+      </c>
+      <c r="F11" s="16">
+        <f t="shared" si="1"/>
+        <v>8668.4231</v>
+      </c>
+      <c r="G11" s="7" t="s">
+        <v>685</v>
+      </c>
+      <c r="H11" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="I11" s="15">
+        <v>1</v>
+      </c>
+      <c r="J11" s="47">
+        <v>45958</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" s="11" customFormat="1" ht="33.75">
+      <c r="A12" s="48" t="s">
+        <v>686</v>
+      </c>
+      <c r="B12" s="12" t="s">
+        <v>687</v>
+      </c>
+      <c r="C12" s="38" t="s">
+        <v>688</v>
+      </c>
+      <c r="D12" s="16">
+        <v>14805</v>
+      </c>
+      <c r="E12" s="16">
+        <f t="shared" si="0"/>
+        <v>1036.3500000000001</v>
+      </c>
+      <c r="F12" s="16">
+        <f t="shared" si="1"/>
+        <v>15841.35</v>
+      </c>
+      <c r="G12" s="7" t="s">
+        <v>689</v>
+      </c>
+      <c r="H12" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="I12" s="15">
+        <v>1</v>
+      </c>
+      <c r="J12" s="47">
+        <v>45966</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" s="11" customFormat="1" ht="22.5">
+      <c r="A13" s="48" t="s">
+        <v>690</v>
+      </c>
+      <c r="B13" s="12" t="s">
+        <v>691</v>
+      </c>
+      <c r="C13" s="13" t="s">
+        <v>692</v>
+      </c>
+      <c r="D13" s="16">
+        <v>14115.02</v>
+      </c>
+      <c r="E13" s="16">
+        <f t="shared" si="0"/>
+        <v>988.05140000000017</v>
+      </c>
+      <c r="F13" s="16">
+        <f t="shared" si="1"/>
+        <v>15103.071400000001</v>
+      </c>
+      <c r="G13" s="7" t="s">
+        <v>693</v>
+      </c>
+      <c r="H13" s="14" t="s">
+        <v>145</v>
+      </c>
+      <c r="I13" s="15">
+        <v>12</v>
+      </c>
+      <c r="J13" s="47">
+        <v>45967</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" s="11" customFormat="1">
+      <c r="A14" s="48" t="s">
+        <v>694</v>
+      </c>
+      <c r="B14" s="12" t="s">
+        <v>695</v>
+      </c>
+      <c r="C14" s="13" t="s">
+        <v>696</v>
+      </c>
+      <c r="D14" s="16">
+        <v>6550</v>
+      </c>
+      <c r="E14" s="16">
+        <f t="shared" si="0"/>
+        <v>458.50000000000006</v>
+      </c>
+      <c r="F14" s="16">
+        <f t="shared" si="1"/>
+        <v>7008.5</v>
+      </c>
+      <c r="G14" s="13" t="s">
+        <v>697</v>
+      </c>
+      <c r="H14" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="I14" s="15">
+        <v>12</v>
+      </c>
+      <c r="J14" s="47">
+        <v>45975</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" s="11" customFormat="1" ht="22.5">
+      <c r="A15" s="48" t="s">
+        <v>698</v>
+      </c>
+      <c r="B15" s="12" t="s">
+        <v>437</v>
+      </c>
+      <c r="C15" s="13" t="s">
+        <v>438</v>
+      </c>
+      <c r="D15" s="16">
+        <v>5344.1</v>
+      </c>
+      <c r="E15" s="16">
+        <f t="shared" si="0"/>
+        <v>374.08700000000005</v>
+      </c>
+      <c r="F15" s="16">
+        <f t="shared" si="1"/>
+        <v>5718.1870000000008</v>
+      </c>
+      <c r="G15" s="7" t="s">
+        <v>699</v>
+      </c>
+      <c r="H15" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="I15" s="15">
+        <v>1</v>
+      </c>
+      <c r="J15" s="47">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" s="11" customFormat="1" ht="33.75">
+      <c r="A16" s="48" t="s">
+        <v>700</v>
+      </c>
+      <c r="B16" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C16" s="35" t="s">
+        <v>51</v>
+      </c>
+      <c r="D16" s="16">
+        <v>5471.38</v>
+      </c>
+      <c r="E16" s="16">
+        <f t="shared" si="0"/>
+        <v>382.99660000000006</v>
+      </c>
+      <c r="F16" s="16">
+        <f t="shared" si="1"/>
+        <v>5854.3766000000005</v>
+      </c>
+      <c r="G16" s="7" t="s">
+        <v>701</v>
+      </c>
+      <c r="H16" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="I16" s="15">
+        <v>1</v>
+      </c>
+      <c r="J16" s="47">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" s="11" customFormat="1" ht="22.5">
+      <c r="A17" s="48" t="s">
+        <v>702</v>
+      </c>
+      <c r="B17" s="12" t="s">
+        <v>703</v>
+      </c>
+      <c r="C17" s="38" t="s">
+        <v>704</v>
+      </c>
+      <c r="D17" s="16">
+        <v>14980</v>
+      </c>
+      <c r="E17" s="16">
+        <f t="shared" si="0"/>
+        <v>1048.6000000000001</v>
+      </c>
+      <c r="F17" s="16">
+        <f t="shared" si="1"/>
+        <v>16028.6</v>
+      </c>
+      <c r="G17" s="7" t="s">
+        <v>705</v>
+      </c>
+      <c r="H17" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="I17" s="15">
+        <v>1</v>
+      </c>
+      <c r="J17" s="47">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" s="11" customFormat="1" ht="33.75">
+      <c r="A18" s="48" t="s">
+        <v>706</v>
+      </c>
+      <c r="B18" s="12" t="s">
+        <v>707</v>
+      </c>
+      <c r="C18" s="38" t="s">
+        <v>708</v>
+      </c>
+      <c r="D18" s="16">
+        <v>26228.1</v>
+      </c>
+      <c r="E18" s="16">
+        <v>0</v>
+      </c>
+      <c r="F18" s="16">
+        <f t="shared" si="1"/>
+        <v>26228.1</v>
+      </c>
+      <c r="G18" s="7" t="s">
+        <v>709</v>
+      </c>
+      <c r="H18" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="I18" s="15">
+        <v>13</v>
+      </c>
+      <c r="J18" s="47">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" s="11" customFormat="1" ht="22.5">
+      <c r="A19" s="48" t="s">
+        <v>710</v>
+      </c>
+      <c r="B19" s="12" t="s">
+        <v>711</v>
+      </c>
+      <c r="C19" s="38" t="s">
+        <v>712</v>
+      </c>
+      <c r="D19" s="16">
+        <v>12960</v>
+      </c>
+      <c r="E19" s="16">
+        <v>0</v>
+      </c>
+      <c r="F19" s="16">
+        <f t="shared" si="1"/>
+        <v>12960</v>
+      </c>
+      <c r="G19" s="7" t="s">
+        <v>713</v>
+      </c>
+      <c r="H19" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="I19" s="15">
+        <v>12</v>
+      </c>
+      <c r="J19" s="47">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" s="11" customFormat="1" ht="33.75">
+      <c r="A20" s="48" t="s">
+        <v>714</v>
+      </c>
+      <c r="B20" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="C20" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" s="16">
+        <v>11847.72</v>
+      </c>
+      <c r="E20" s="16">
+        <f>+D20*0.07</f>
+        <v>829.34040000000005</v>
+      </c>
+      <c r="F20" s="16">
+        <f t="shared" si="1"/>
+        <v>12677.060399999998</v>
+      </c>
+      <c r="G20" s="7" t="s">
+        <v>715</v>
+      </c>
+      <c r="H20" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="I20" s="15">
+        <v>1</v>
+      </c>
+      <c r="J20" s="47">
+        <v>45995</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" s="11" customFormat="1" ht="33.75">
+      <c r="A21" s="48" t="s">
+        <v>716</v>
+      </c>
+      <c r="B21" s="12" t="s">
+        <v>68</v>
+      </c>
+      <c r="C21" s="13" t="s">
+        <v>69</v>
+      </c>
+      <c r="D21" s="16">
+        <v>13800</v>
+      </c>
+      <c r="E21" s="16">
+        <f>+D21*0.07</f>
+        <v>966.00000000000011</v>
+      </c>
+      <c r="F21" s="16">
+        <f t="shared" si="1"/>
+        <v>14766</v>
+      </c>
+      <c r="G21" s="7" t="s">
+        <v>717</v>
+      </c>
+      <c r="H21" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="I21" s="15">
+        <v>1</v>
+      </c>
+      <c r="J21" s="47">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" s="11" customFormat="1" ht="56.25">
+      <c r="A22" s="48" t="s">
+        <v>718</v>
+      </c>
+      <c r="B22" s="12" t="s">
+        <v>719</v>
+      </c>
+      <c r="C22" s="13" t="s">
+        <v>720</v>
+      </c>
+      <c r="D22" s="16">
+        <v>12850</v>
+      </c>
+      <c r="E22" s="16">
+        <f>+D22*0.07</f>
+        <v>899.50000000000011</v>
+      </c>
+      <c r="F22" s="16">
+        <f t="shared" si="1"/>
+        <v>13749.5</v>
+      </c>
+      <c r="G22" s="7" t="s">
+        <v>721</v>
+      </c>
+      <c r="H22" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="I22" s="15">
+        <v>5</v>
+      </c>
+      <c r="J22" s="47">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" s="11" customFormat="1">
+      <c r="A23" s="48" t="s">
+        <v>722</v>
+      </c>
+      <c r="B23" s="24"/>
+      <c r="C23" s="25"/>
+      <c r="D23" s="37"/>
+      <c r="E23" s="37"/>
+      <c r="F23" s="37"/>
+      <c r="G23" s="7" t="s">
+        <v>290</v>
+      </c>
+      <c r="H23" s="27"/>
+      <c r="I23" s="28"/>
+      <c r="J23" s="50"/>
+    </row>
+    <row r="24" spans="1:10" s="11" customFormat="1" ht="33.75">
+      <c r="A24" s="48" t="s">
+        <v>723</v>
+      </c>
+      <c r="B24" s="12" t="s">
+        <v>724</v>
+      </c>
+      <c r="C24" s="13" t="s">
+        <v>725</v>
+      </c>
+      <c r="D24" s="16">
+        <v>13810</v>
+      </c>
+      <c r="E24" s="16">
+        <f>+F24-D24</f>
+        <v>-1104.7999999999993</v>
+      </c>
+      <c r="F24" s="16">
+        <v>12705.2</v>
+      </c>
+      <c r="G24" s="7" t="s">
+        <v>726</v>
+      </c>
+      <c r="H24" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="I24" s="15">
+        <v>6</v>
+      </c>
+      <c r="J24" s="47">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" s="11" customFormat="1" ht="33.75">
+      <c r="A25" s="48" t="s">
+        <v>727</v>
+      </c>
+      <c r="B25" s="12" t="s">
+        <v>728</v>
+      </c>
+      <c r="C25" s="13" t="s">
+        <v>729</v>
+      </c>
+      <c r="D25" s="16">
+        <v>14995</v>
+      </c>
+      <c r="E25" s="16">
+        <f>+D25*0.07</f>
+        <v>1049.6500000000001</v>
+      </c>
+      <c r="F25" s="16">
+        <f>+D25+E25</f>
+        <v>16044.65</v>
+      </c>
+      <c r="G25" s="7" t="s">
+        <v>730</v>
+      </c>
+      <c r="H25" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="I25" s="15">
+        <v>6</v>
+      </c>
+      <c r="J25" s="47">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" s="11" customFormat="1" ht="33.75">
+      <c r="A26" s="48" t="s">
+        <v>731</v>
+      </c>
+      <c r="B26" s="12" t="s">
+        <v>76</v>
+      </c>
+      <c r="C26" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="D26" s="16">
+        <v>9011.2199999999993</v>
+      </c>
+      <c r="E26" s="16">
+        <f>+D26*0.07</f>
+        <v>630.78539999999998</v>
+      </c>
+      <c r="F26" s="16">
+        <f t="shared" ref="F26:F28" si="2">+D26+E26</f>
+        <v>9642.0054</v>
+      </c>
+      <c r="G26" s="7" t="s">
+        <v>732</v>
+      </c>
+      <c r="H26" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="I26" s="15">
+        <v>1</v>
+      </c>
+      <c r="J26" s="47">
+        <v>46014</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" s="11" customFormat="1" ht="45">
+      <c r="A27" s="48" t="s">
+        <v>733</v>
+      </c>
+      <c r="B27" s="12" t="s">
+        <v>50</v>
+      </c>
+      <c r="C27" s="13" t="s">
+        <v>51</v>
+      </c>
+      <c r="D27" s="16">
+        <v>6318.05</v>
+      </c>
+      <c r="E27" s="16">
+        <f>+D27*0.07</f>
+        <v>442.26350000000008</v>
+      </c>
+      <c r="F27" s="16">
+        <f t="shared" si="2"/>
+        <v>6760.3135000000002</v>
+      </c>
+      <c r="G27" s="7" t="s">
+        <v>734</v>
+      </c>
+      <c r="H27" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="I27" s="15">
+        <v>1</v>
+      </c>
+      <c r="J27" s="47">
+        <v>46014</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" s="11" customFormat="1" ht="45.75" thickBot="1">
+      <c r="A28" s="51" t="s">
+        <v>735</v>
+      </c>
+      <c r="B28" s="52" t="s">
+        <v>736</v>
+      </c>
+      <c r="C28" s="53" t="s">
+        <v>51</v>
+      </c>
+      <c r="D28" s="54">
+        <v>5031.1099999999997</v>
+      </c>
+      <c r="E28" s="54">
+        <f>+D28*0.07</f>
+        <v>352.17770000000002</v>
+      </c>
+      <c r="F28" s="54">
+        <f t="shared" si="2"/>
+        <v>5383.2876999999999</v>
+      </c>
+      <c r="G28" s="55" t="s">
+        <v>737</v>
+      </c>
+      <c r="H28" s="56" t="s">
+        <v>15</v>
+      </c>
+      <c r="I28" s="57">
+        <v>1</v>
+      </c>
+      <c r="J28" s="58">
+        <v>46017</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10">
+      <c r="D30" s="31"/>
+      <c r="E30" s="31"/>
+      <c r="F30" s="31"/>
+    </row>
+    <row r="31" spans="1:10">
+      <c r="E31" s="30"/>
+    </row>
+    <row r="32" spans="1:10">
+      <c r="E32" s="31"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <printOptions gridLines="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rangos con nombre</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="6" baseType="lpstr">
+    <vt:vector size="8" baseType="lpstr">
       <vt:lpstr>1º Trimestre 2025</vt:lpstr>
       <vt:lpstr>2º Trimestre 2025 </vt:lpstr>
       <vt:lpstr>3º Trimestre 2025</vt:lpstr>
+      <vt:lpstr>4º Trimestre 2025</vt:lpstr>
       <vt:lpstr>'1º Trimestre 2025'!Área_de_impresión</vt:lpstr>
       <vt:lpstr>'2º Trimestre 2025 '!Área_de_impresión</vt:lpstr>
       <vt:lpstr>'3º Trimestre 2025'!Área_de_impresión</vt:lpstr>
+      <vt:lpstr>'4º Trimestre 2025'!Área_de_impresión</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>german.vega</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>